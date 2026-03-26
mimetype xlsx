--- v0 (2025-12-05)
+++ v1 (2026-03-26)
@@ -6,82 +6,85 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="210" windowWidth="27795" windowHeight="12210" tabRatio="511"/>
   </bookViews>
   <sheets>
     <sheet name="ОФЗ" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">ОФЗ!$A$2:$D$173</definedName>
+  </definedNames>
   <calcPr calcId="152511" fullPrecision="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Доля инвестиций нерезидентов в объеме выпусков облигаций федерального займа</t>
   </si>
   <si>
     <t>Объем рынка ОФЗ, млрд руб.</t>
   </si>
   <si>
     <t>Объем ОФЗ, принадлежащих нерезидентам,             млрд руб.</t>
   </si>
   <si>
     <t>Комментарии.</t>
   </si>
   <si>
     <t>1) Показатель объема вложений нерезидентов в ОФЗ рассчитывается по номинальной стоимости на основе данных отчетности по форме 0409711 «Отчет по ценным бумагам и цифровым правам» по полному кругу кредитных организаций. Начиная с данных по состоянию на 01.01.2020 показатели включают также сведения отчетности по форме 0420415 «Отчет профессионального участника рынка ценных бумаг, клиринговой организации и организатора торговли по ценным бумагам и цифровым правам». Этим обусловливается их отличие от аналогичных показателей, представленных в информационно-аналитических материалах Банка России "Обзор рисков финансовых рынков" и "Обзор финансовой стабильности", которые рассчитываются только по данным депозитарной отчетности небанковской кредитной организации акционерного общества "Национальный расчетный депозитарий".</t>
   </si>
   <si>
-    <t xml:space="preserve">2) Показатель объема рынка ОФЗ рассчитан по следующим типам ценных бумаг: ОФЗ-ПД, ОФЗ-АД, ОФЗ-ПК, ОФЗ-ИН. Источник: официальный сайт Минфина России. </t>
-[...1 lines deleted...]
-  <si>
     <t>Доля нерезидентов на рынке ОФЗ, %</t>
   </si>
   <si>
-    <t xml:space="preserve">   Дата последнего обновления: 25 ноября 2025 года.</t>
+    <t xml:space="preserve">2) Показатель объема рынка ОФЗ рассчитан по следующим типам ценных бумаг: ОФЗ-ПД (в т.ч. ОФЗ, номинированные в юанях), ОФЗ-АД, ОФЗ-ПК, ОФЗ-ИН. Источник: официальный сайт Минфина России. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">   Дата последнего обновления: 26 марта 2026 года.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="0.000"/>
     <numFmt numFmtId="167" formatCode="#,##0.000"/>
     <numFmt numFmtId="168" formatCode="0.0%"/>
     <numFmt numFmtId="169" formatCode="0.000000%"/>
   </numFmts>
   <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
@@ -1088,2715 +1091,2779 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G176"/>
+  <dimension ref="A1:G180"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="27" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
     </row>
     <row r="2" spans="1:6" ht="100.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="10" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5">
-        <v>45962</v>
+        <v>46082</v>
       </c>
       <c r="B3" s="7">
-        <v>1080</v>
+        <v>1071</v>
       </c>
       <c r="C3" s="7">
-        <v>27513</v>
+        <v>30930</v>
       </c>
       <c r="D3" s="6">
-        <v>3.9</v>
+        <v>3.5</v>
       </c>
       <c r="E3" s="25"/>
       <c r="F3" s="14"/>
     </row>
     <row r="4" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="5">
-        <v>45931</v>
+        <v>46054</v>
       </c>
       <c r="B4" s="7">
-        <v>1049</v>
+        <v>1033</v>
       </c>
       <c r="C4" s="7">
-        <v>26593</v>
+        <v>30168</v>
       </c>
       <c r="D4" s="6">
-        <v>3.9</v>
+        <v>3.4</v>
       </c>
       <c r="E4" s="25"/>
       <c r="F4" s="14"/>
     </row>
     <row r="5" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5">
-        <v>45901</v>
+        <v>46023</v>
       </c>
       <c r="B5" s="7">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="C5" s="7">
-        <v>26169</v>
+        <v>29983</v>
       </c>
       <c r="D5" s="6">
-        <v>3.8</v>
+        <v>3.4</v>
       </c>
       <c r="E5" s="25"/>
       <c r="F5" s="14"/>
     </row>
     <row r="6" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="5">
-        <v>45870</v>
+        <v>45992</v>
       </c>
       <c r="B6" s="7">
-        <v>969</v>
+        <v>963</v>
       </c>
       <c r="C6" s="7">
-        <v>25820</v>
+        <v>29207</v>
       </c>
       <c r="D6" s="6">
-        <v>3.8</v>
-[...1 lines deleted...]
-      <c r="E6" s="14"/>
+        <v>3.3</v>
+      </c>
+      <c r="E6" s="25"/>
       <c r="F6" s="14"/>
     </row>
     <row r="7" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="5">
-        <v>45839</v>
+        <v>45962</v>
       </c>
       <c r="B7" s="7">
-        <v>994</v>
+        <v>1080</v>
       </c>
       <c r="C7" s="7">
-        <v>25521</v>
+        <v>27513</v>
       </c>
       <c r="D7" s="6">
         <v>3.9</v>
       </c>
-      <c r="E7" s="14"/>
+      <c r="E7" s="25"/>
       <c r="F7" s="14"/>
     </row>
     <row r="8" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5">
-        <v>45809</v>
+        <v>45931</v>
       </c>
       <c r="B8" s="7">
-        <v>969</v>
+        <v>1049</v>
       </c>
       <c r="C8" s="7">
-        <v>24809</v>
+        <v>26593</v>
       </c>
       <c r="D8" s="6">
         <v>3.9</v>
       </c>
-      <c r="E8" s="14"/>
+      <c r="E8" s="25"/>
       <c r="F8" s="14"/>
     </row>
     <row r="9" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5">
-        <v>45778</v>
+        <v>45901</v>
       </c>
       <c r="B9" s="7">
-        <v>966</v>
+        <v>1001</v>
       </c>
       <c r="C9" s="7">
-        <v>24289</v>
+        <v>26169</v>
       </c>
       <c r="D9" s="6">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E9" s="14"/>
+        <v>3.8</v>
+      </c>
+      <c r="E9" s="25"/>
       <c r="F9" s="14"/>
     </row>
     <row r="10" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5">
-        <v>45748</v>
+        <v>45870</v>
       </c>
       <c r="B10" s="7">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="C10" s="7">
-        <v>24018</v>
+        <v>25820</v>
       </c>
       <c r="D10" s="6">
-        <v>4</v>
+        <v>3.8</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
     </row>
     <row r="11" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="5">
-        <v>45717</v>
+        <v>45839</v>
       </c>
       <c r="B11" s="7">
-        <v>922</v>
+        <v>994</v>
       </c>
       <c r="C11" s="7">
-        <v>23391</v>
+        <v>25521</v>
       </c>
       <c r="D11" s="6">
         <v>3.9</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14"/>
     </row>
     <row r="12" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="5">
-        <v>45689</v>
+        <v>45809</v>
       </c>
       <c r="B12" s="7">
-        <v>916</v>
+        <v>969</v>
       </c>
       <c r="C12" s="7">
-        <v>22701</v>
+        <v>24809</v>
       </c>
       <c r="D12" s="6">
-        <v>4</v>
+        <v>3.9</v>
       </c>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
     </row>
     <row r="13" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="5">
-        <v>45658</v>
+        <v>45778</v>
       </c>
       <c r="B13" s="7">
-        <v>915</v>
+        <v>966</v>
       </c>
       <c r="C13" s="7">
-        <v>22990</v>
+        <v>24289</v>
       </c>
       <c r="D13" s="6">
         <v>4</v>
       </c>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
     </row>
     <row r="14" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="5">
-        <v>45627</v>
+        <v>45748</v>
       </c>
       <c r="B14" s="7">
-        <v>1297</v>
+        <v>958</v>
       </c>
       <c r="C14" s="7">
-        <v>20903</v>
+        <v>24018</v>
       </c>
       <c r="D14" s="6">
-        <v>6.2</v>
+        <v>4</v>
       </c>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
     </row>
     <row r="15" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="5">
-        <v>45597</v>
+        <v>45717</v>
       </c>
       <c r="B15" s="7">
-        <v>1293</v>
+        <v>922</v>
       </c>
       <c r="C15" s="7">
-        <v>20760</v>
+        <v>23391</v>
       </c>
       <c r="D15" s="6">
-        <v>6.2</v>
-[...1 lines deleted...]
-      <c r="E15" s="15"/>
+        <v>3.9</v>
+      </c>
+      <c r="E15" s="14"/>
       <c r="F15" s="14"/>
     </row>
     <row r="16" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="5">
-        <v>45566</v>
+        <v>45689</v>
       </c>
       <c r="B16" s="7">
-        <v>1365</v>
+        <v>916</v>
       </c>
       <c r="C16" s="7">
-        <v>20983</v>
-[...4 lines deleted...]
-      <c r="E16" s="19"/>
+        <v>22701</v>
+      </c>
+      <c r="D16" s="6">
+        <v>4</v>
+      </c>
+      <c r="E16" s="14"/>
       <c r="F16" s="14"/>
     </row>
     <row r="17" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="5">
-        <v>45536</v>
+        <v>45658</v>
       </c>
       <c r="B17" s="7">
-        <v>1364</v>
+        <v>915</v>
       </c>
       <c r="C17" s="7">
-        <v>20731</v>
-[...4 lines deleted...]
-      <c r="E17" s="19"/>
+        <v>22990</v>
+      </c>
+      <c r="D17" s="6">
+        <v>4</v>
+      </c>
+      <c r="E17" s="14"/>
       <c r="F17" s="14"/>
     </row>
     <row r="18" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="5">
-        <v>45505</v>
+        <v>45627</v>
       </c>
       <c r="B18" s="7">
-        <v>1344</v>
+        <v>1297</v>
       </c>
       <c r="C18" s="7">
-        <v>20448</v>
+        <v>20903</v>
       </c>
       <c r="D18" s="6">
-        <v>6.6</v>
-[...1 lines deleted...]
-      <c r="E18" s="15"/>
+        <v>6.2</v>
+      </c>
+      <c r="E18" s="14"/>
       <c r="F18" s="14"/>
     </row>
     <row r="19" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="5">
-        <v>45474</v>
+        <v>45597</v>
       </c>
       <c r="B19" s="7">
-        <v>1393</v>
+        <v>1293</v>
       </c>
       <c r="C19" s="7">
-        <v>20683</v>
+        <v>20760</v>
       </c>
       <c r="D19" s="6">
-        <v>6.7</v>
-[...1 lines deleted...]
-      <c r="E19" s="14"/>
+        <v>6.2</v>
+      </c>
+      <c r="E19" s="15"/>
       <c r="F19" s="14"/>
     </row>
     <row r="20" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="5">
-        <v>45444</v>
+        <v>45566</v>
       </c>
       <c r="B20" s="7">
-        <v>1392</v>
+        <v>1365</v>
       </c>
       <c r="C20" s="7">
-        <v>20596</v>
-[...4 lines deleted...]
-      <c r="E20" s="14"/>
+        <v>20983</v>
+      </c>
+      <c r="D20" s="18">
+        <v>6.5</v>
+      </c>
+      <c r="E20" s="19"/>
       <c r="F20" s="14"/>
     </row>
     <row r="21" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5">
-        <v>45413</v>
+        <v>45536</v>
       </c>
       <c r="B21" s="7">
-        <v>1394</v>
+        <v>1364</v>
       </c>
       <c r="C21" s="7">
-        <v>20485</v>
-[...4 lines deleted...]
-      <c r="E21" s="14"/>
+        <v>20731</v>
+      </c>
+      <c r="D21" s="18">
+        <v>6.6</v>
+      </c>
+      <c r="E21" s="19"/>
       <c r="F21" s="14"/>
     </row>
     <row r="22" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="5">
-        <v>45383</v>
+        <v>45505</v>
       </c>
       <c r="B22" s="7">
-        <v>1452</v>
+        <v>1344</v>
       </c>
       <c r="C22" s="7">
-        <v>20454</v>
+        <v>20448</v>
       </c>
       <c r="D22" s="6">
-        <v>7.1</v>
-[...1 lines deleted...]
-      <c r="E22" s="14"/>
+        <v>6.6</v>
+      </c>
+      <c r="E22" s="15"/>
       <c r="F22" s="14"/>
     </row>
     <row r="23" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="5">
-        <v>45352</v>
+        <v>45474</v>
       </c>
       <c r="B23" s="7">
-        <v>1452</v>
+        <v>1393</v>
       </c>
       <c r="C23" s="7">
-        <v>20162</v>
+        <v>20683</v>
       </c>
       <c r="D23" s="6">
-        <v>7.2</v>
+        <v>6.7</v>
       </c>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
     </row>
     <row r="24" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="5">
-        <v>45323</v>
+        <v>45444</v>
       </c>
       <c r="B24" s="7">
-        <v>1482</v>
+        <v>1392</v>
       </c>
       <c r="C24" s="7">
-        <v>20194</v>
+        <v>20596</v>
       </c>
       <c r="D24" s="6">
-        <v>7.3</v>
+        <v>6.8</v>
       </c>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
     </row>
     <row r="25" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="5">
-        <v>45292</v>
+        <v>45413</v>
       </c>
       <c r="B25" s="7">
-        <v>1483</v>
+        <v>1394</v>
       </c>
       <c r="C25" s="7">
-        <v>19963</v>
+        <v>20485</v>
       </c>
       <c r="D25" s="6">
-        <v>7.4</v>
+        <v>6.8</v>
       </c>
       <c r="E25" s="14"/>
       <c r="F25" s="14"/>
     </row>
     <row r="26" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="5">
-        <v>45261</v>
+        <v>45383</v>
       </c>
       <c r="B26" s="7">
-        <v>1499</v>
+        <v>1452</v>
       </c>
       <c r="C26" s="7">
-        <v>19862</v>
+        <v>20454</v>
       </c>
       <c r="D26" s="6">
-        <v>7.5</v>
+        <v>7.1</v>
       </c>
       <c r="E26" s="14"/>
       <c r="F26" s="14"/>
     </row>
     <row r="27" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="5">
-        <v>45231</v>
+        <v>45352</v>
       </c>
       <c r="B27" s="7">
-        <v>1500</v>
+        <v>1452</v>
       </c>
       <c r="C27" s="7">
-        <v>19534</v>
+        <v>20162</v>
       </c>
       <c r="D27" s="6">
-        <v>7.7</v>
+        <v>7.2</v>
       </c>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
     </row>
     <row r="28" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="5">
-        <v>45200</v>
+        <v>45323</v>
       </c>
       <c r="B28" s="7">
-        <v>1505</v>
+        <v>1482</v>
       </c>
       <c r="C28" s="7">
-        <v>19524</v>
+        <v>20194</v>
       </c>
       <c r="D28" s="6">
-        <v>7.7</v>
+        <v>7.3</v>
       </c>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="5">
-        <v>45170</v>
+        <v>45292</v>
       </c>
       <c r="B29" s="7">
-        <v>1522</v>
+        <v>1483</v>
       </c>
       <c r="C29" s="7">
-        <v>19429</v>
+        <v>19963</v>
       </c>
       <c r="D29" s="6">
-        <v>7.8</v>
+        <v>7.4</v>
       </c>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="5">
-        <v>45139</v>
+        <v>45261</v>
       </c>
       <c r="B30" s="7">
-        <v>1556</v>
+        <v>1499</v>
       </c>
       <c r="C30" s="7">
-        <v>19667</v>
+        <v>19862</v>
       </c>
       <c r="D30" s="6">
-        <v>7.9</v>
+        <v>7.5</v>
       </c>
       <c r="E30" s="14"/>
       <c r="F30" s="14"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="5">
+        <v>45231</v>
+      </c>
+      <c r="B31" s="7">
+        <v>1500</v>
+      </c>
+      <c r="C31" s="7">
+        <v>19534</v>
+      </c>
+      <c r="D31" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="E31" s="14"/>
+      <c r="F31" s="14"/>
+    </row>
+    <row r="32" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="5">
+        <v>45200</v>
+      </c>
+      <c r="B32" s="7">
+        <v>1505</v>
+      </c>
+      <c r="C32" s="7">
+        <v>19524</v>
+      </c>
+      <c r="D32" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="E32" s="14"/>
+      <c r="F32" s="14"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="5">
+        <v>45170</v>
+      </c>
+      <c r="B33" s="7">
+        <v>1522</v>
+      </c>
+      <c r="C33" s="7">
+        <v>19429</v>
+      </c>
+      <c r="D33" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="E33" s="14"/>
+      <c r="F33" s="14"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A34" s="5">
+        <v>45139</v>
+      </c>
+      <c r="B34" s="7">
+        <v>1556</v>
+      </c>
+      <c r="C34" s="7">
+        <v>19667</v>
+      </c>
+      <c r="D34" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="E34" s="14"/>
+      <c r="F34" s="14"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A35" s="5">
         <v>45108</v>
       </c>
-      <c r="B31" s="7">
+      <c r="B35" s="7">
         <v>1690</v>
       </c>
-      <c r="C31" s="7">
+      <c r="C35" s="7">
         <v>19312</v>
       </c>
-      <c r="D31" s="6">
+      <c r="D35" s="6">
         <v>8.8000000000000007</v>
       </c>
-      <c r="E31" s="14"/>
-[...2 lines deleted...]
-      <c r="A32" s="5">
+      <c r="E35" s="14"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="5">
         <v>45078</v>
       </c>
-      <c r="B32" s="7">
+      <c r="B36" s="7">
         <v>1732</v>
       </c>
-      <c r="C32" s="7">
+      <c r="C36" s="7">
         <v>18945</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D36" s="6">
         <v>9.1</v>
       </c>
-      <c r="E32" s="14"/>
-[...2 lines deleted...]
-      <c r="A33" s="5">
+      <c r="E36" s="14"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="5">
         <v>45047</v>
       </c>
-      <c r="B33" s="7">
+      <c r="B37" s="7">
         <v>1740</v>
       </c>
-      <c r="C33" s="7">
+      <c r="C37" s="7">
         <v>18693</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D37" s="6">
         <v>9.3000000000000007</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A34" s="5">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="5">
         <v>45017</v>
       </c>
-      <c r="B34" s="7">
+      <c r="B38" s="7">
         <v>1757</v>
       </c>
-      <c r="C34" s="7">
+      <c r="C38" s="7">
         <v>18456</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D38" s="6">
         <v>9.5</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A35" s="5">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="5">
         <v>44986</v>
       </c>
-      <c r="B35" s="7">
+      <c r="B39" s="7">
         <v>1766</v>
       </c>
-      <c r="C35" s="7">
+      <c r="C39" s="7">
         <v>18240</v>
       </c>
-      <c r="D35" s="6">
+      <c r="D39" s="6">
         <v>9.6999999999999993</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A36" s="5">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="5">
         <v>44958</v>
       </c>
-      <c r="B36" s="7">
+      <c r="B40" s="7">
         <v>1767</v>
       </c>
-      <c r="C36" s="7">
+      <c r="C40" s="7">
         <v>17915</v>
       </c>
-      <c r="D36" s="6">
+      <c r="D40" s="6">
         <v>9.9</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A37" s="5">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A41" s="5">
         <v>44927</v>
       </c>
-      <c r="B37" s="7">
+      <c r="B41" s="7">
         <v>1978</v>
       </c>
-      <c r="C37" s="7">
+      <c r="C41" s="7">
         <v>17883</v>
       </c>
-      <c r="D37" s="6">
+      <c r="D41" s="6">
         <v>11.1</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A38" s="5">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A42" s="5">
         <v>44896</v>
       </c>
-      <c r="B38" s="7">
+      <c r="B42" s="7">
         <v>2178</v>
       </c>
-      <c r="C38" s="7">
+      <c r="C42" s="7">
         <v>16515</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D42" s="6">
         <v>13.2</v>
       </c>
     </row>
-    <row r="39" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="5">
+    <row r="43" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="5">
         <v>44866</v>
       </c>
-      <c r="B39" s="7">
+      <c r="B43" s="7">
         <v>2741</v>
       </c>
-      <c r="C39" s="7">
+      <c r="C43" s="7">
         <v>15534</v>
-      </c>
-[...54 lines deleted...]
-        <v>15693</v>
       </c>
       <c r="D43" s="6">
         <v>17.600000000000001</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="5">
+        <v>44835</v>
+      </c>
+      <c r="B44" s="7">
+        <v>2741</v>
+      </c>
+      <c r="C44" s="7">
+        <v>15310</v>
+      </c>
+      <c r="D44" s="6">
+        <v>17.899999999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="5">
+        <v>44805</v>
+      </c>
+      <c r="B45" s="7">
+        <v>2742</v>
+      </c>
+      <c r="C45" s="7">
+        <v>15303</v>
+      </c>
+      <c r="D45" s="6">
+        <v>17.899999999999999</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="5">
+        <v>44774</v>
+      </c>
+      <c r="B46" s="7">
+        <v>2741</v>
+      </c>
+      <c r="C46" s="7">
+        <v>15301</v>
+      </c>
+      <c r="D46" s="6">
+        <v>17.899999999999999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="5">
+        <v>44743</v>
+      </c>
+      <c r="B47" s="7">
+        <v>2767</v>
+      </c>
+      <c r="C47" s="7">
+        <v>15693</v>
+      </c>
+      <c r="D47" s="6">
+        <v>17.600000000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="5">
         <v>44713</v>
       </c>
-      <c r="B44" s="7">
+      <c r="B48" s="7">
         <v>2764</v>
       </c>
-      <c r="C44" s="7">
+      <c r="C48" s="7">
         <v>15633</v>
       </c>
-      <c r="D44" s="6">
+      <c r="D48" s="6">
         <v>17.7</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="5">
+    <row r="49" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="5">
         <v>44682</v>
       </c>
-      <c r="B45" s="7">
+      <c r="B49" s="7">
         <v>2763</v>
       </c>
-      <c r="C45" s="7">
+      <c r="C49" s="7">
         <v>15623</v>
       </c>
-      <c r="D45" s="6">
+      <c r="D49" s="6">
         <v>17.7</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="5">
+    <row r="50" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="5">
         <v>44652</v>
       </c>
-      <c r="B46" s="7">
+      <c r="B50" s="7">
         <v>2770</v>
       </c>
-      <c r="C46" s="7">
+      <c r="C50" s="7">
         <v>15615</v>
       </c>
-      <c r="D46" s="6">
+      <c r="D50" s="6">
         <v>17.7</v>
       </c>
-    </row>
-[...58 lines deleted...]
-      <c r="G50" s="9"/>
     </row>
     <row r="51" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="5">
-        <v>44501</v>
+        <v>44621</v>
       </c>
       <c r="B51" s="7">
-        <v>3328</v>
+        <v>2782</v>
       </c>
       <c r="C51" s="7">
-        <v>15693</v>
+        <v>15609</v>
       </c>
       <c r="D51" s="6">
-        <v>21.2</v>
-[...2 lines deleted...]
-      <c r="G51" s="9"/>
+        <v>17.8</v>
+      </c>
     </row>
     <row r="52" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="5">
-        <v>44470</v>
+        <v>44593</v>
       </c>
       <c r="B52" s="7">
-        <v>3383</v>
+        <v>2954</v>
       </c>
       <c r="C52" s="7">
-        <v>15633</v>
+        <v>15502</v>
       </c>
       <c r="D52" s="6">
-        <v>21.6</v>
-[...2 lines deleted...]
-      <c r="G52" s="13"/>
+        <v>19.100000000000001</v>
+      </c>
     </row>
     <row r="53" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="5">
-        <v>44440</v>
+        <v>44562</v>
       </c>
       <c r="B53" s="7">
-        <v>3304</v>
+        <v>3082</v>
       </c>
       <c r="C53" s="7">
-        <v>15446</v>
+        <v>15494</v>
       </c>
       <c r="D53" s="6">
-        <v>21.4</v>
-[...1 lines deleted...]
-      <c r="F53" s="12"/>
+        <v>19.899999999999999</v>
+      </c>
+      <c r="F53" s="11"/>
       <c r="G53" s="9"/>
     </row>
     <row r="54" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="5">
-        <v>44409</v>
+        <v>44531</v>
       </c>
       <c r="B54" s="7">
-        <v>3157</v>
+        <v>3222</v>
       </c>
       <c r="C54" s="7">
-        <v>15312</v>
+        <v>15711</v>
       </c>
       <c r="D54" s="6">
-        <v>20.6</v>
+        <v>20.5</v>
       </c>
       <c r="F54" s="11"/>
       <c r="G54" s="9"/>
     </row>
     <row r="55" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="5">
-        <v>44378</v>
+        <v>44501</v>
       </c>
       <c r="B55" s="7">
-        <v>2985</v>
+        <v>3328</v>
       </c>
       <c r="C55" s="7">
-        <v>15152</v>
+        <v>15693</v>
       </c>
       <c r="D55" s="6">
-        <v>19.7</v>
-[...1 lines deleted...]
-      <c r="F55" s="8"/>
+        <v>21.2</v>
+      </c>
+      <c r="F55" s="11"/>
       <c r="G55" s="9"/>
     </row>
     <row r="56" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="5">
-        <v>44348</v>
+        <v>44470</v>
       </c>
       <c r="B56" s="7">
-        <v>2918</v>
+        <v>3383</v>
       </c>
       <c r="C56" s="7">
-        <v>14949</v>
+        <v>15633</v>
       </c>
       <c r="D56" s="6">
-        <v>19.5</v>
-[...1 lines deleted...]
-      <c r="F56" s="8"/>
+        <v>21.6</v>
+      </c>
+      <c r="F56" s="12"/>
+      <c r="G56" s="13"/>
     </row>
     <row r="57" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="5">
-        <v>44317</v>
+        <v>44440</v>
       </c>
       <c r="B57" s="7">
-        <v>2881</v>
+        <v>3304</v>
       </c>
       <c r="C57" s="7">
-        <v>14810</v>
+        <v>15446</v>
       </c>
       <c r="D57" s="6">
-        <v>19.5</v>
-[...1 lines deleted...]
-      <c r="F57" s="8"/>
+        <v>21.4</v>
+      </c>
+      <c r="F57" s="12"/>
+      <c r="G57" s="9"/>
     </row>
     <row r="58" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="5">
-        <v>44287</v>
+        <v>44409</v>
       </c>
       <c r="B58" s="7">
-        <v>3019</v>
+        <v>3157</v>
       </c>
       <c r="C58" s="7">
-        <v>14426</v>
+        <v>15312</v>
       </c>
       <c r="D58" s="6">
-        <v>20.9</v>
-[...1 lines deleted...]
-      <c r="F58" s="8"/>
+        <v>20.6</v>
+      </c>
+      <c r="F58" s="11"/>
+      <c r="G58" s="9"/>
     </row>
     <row r="59" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="5">
-        <v>44256</v>
+        <v>44378</v>
       </c>
       <c r="B59" s="7">
-        <v>3140</v>
+        <v>2985</v>
       </c>
       <c r="C59" s="7">
-        <v>13858</v>
+        <v>15152</v>
       </c>
       <c r="D59" s="6">
-        <v>22.7</v>
+        <v>19.7</v>
       </c>
       <c r="F59" s="8"/>
+      <c r="G59" s="9"/>
     </row>
     <row r="60" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="5">
-        <v>44228</v>
+        <v>44348</v>
       </c>
       <c r="B60" s="7">
-        <v>3200</v>
+        <v>2918</v>
       </c>
       <c r="C60" s="7">
-        <v>13703</v>
+        <v>14949</v>
       </c>
       <c r="D60" s="6">
-        <v>23.4</v>
+        <v>19.5</v>
       </c>
       <c r="F60" s="8"/>
     </row>
     <row r="61" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="5">
-        <v>44197</v>
+        <v>44317</v>
       </c>
       <c r="B61" s="7">
-        <v>3191</v>
+        <v>2881</v>
       </c>
       <c r="C61" s="7">
-        <v>13669</v>
+        <v>14810</v>
       </c>
       <c r="D61" s="6">
-        <v>23.3</v>
+        <v>19.5</v>
       </c>
       <c r="F61" s="8"/>
     </row>
     <row r="62" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="5">
-        <v>44166</v>
+        <v>44287</v>
       </c>
       <c r="B62" s="7">
-        <v>3213</v>
+        <v>3019</v>
       </c>
       <c r="C62" s="7">
-        <v>13551</v>
+        <v>14426</v>
       </c>
       <c r="D62" s="6">
-        <v>23.7</v>
+        <v>20.9</v>
       </c>
       <c r="F62" s="8"/>
     </row>
     <row r="63" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="5">
-        <v>44136</v>
+        <v>44256</v>
       </c>
       <c r="B63" s="7">
-        <v>3063</v>
+        <v>3140</v>
       </c>
       <c r="C63" s="7">
-        <v>12765</v>
+        <v>13858</v>
       </c>
       <c r="D63" s="6">
-        <v>24</v>
+        <v>22.7</v>
       </c>
       <c r="F63" s="8"/>
     </row>
     <row r="64" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="5">
-        <v>44105</v>
+        <v>44228</v>
       </c>
       <c r="B64" s="7">
-        <v>3019</v>
+        <v>3200</v>
       </c>
       <c r="C64" s="7">
-        <v>11259</v>
+        <v>13703</v>
       </c>
       <c r="D64" s="6">
-        <v>26.8</v>
+        <v>23.4</v>
       </c>
       <c r="F64" s="8"/>
     </row>
     <row r="65" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="5">
-        <v>44075</v>
+        <v>44197</v>
       </c>
       <c r="B65" s="7">
-        <v>3067</v>
+        <v>3191</v>
       </c>
       <c r="C65" s="7">
-        <v>10424</v>
+        <v>13669</v>
       </c>
       <c r="D65" s="6">
-        <v>29.4</v>
+        <v>23.3</v>
       </c>
       <c r="F65" s="8"/>
     </row>
     <row r="66" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="5">
-        <v>44044</v>
+        <v>44166</v>
       </c>
       <c r="B66" s="7">
-        <v>3053</v>
+        <v>3213</v>
       </c>
       <c r="C66" s="7">
-        <v>10244</v>
+        <v>13551</v>
       </c>
       <c r="D66" s="6">
-        <v>29.8</v>
+        <v>23.7</v>
       </c>
       <c r="F66" s="8"/>
     </row>
     <row r="67" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="5">
-        <v>44013</v>
+        <v>44136</v>
       </c>
       <c r="B67" s="7">
-        <v>3068</v>
+        <v>3063</v>
       </c>
       <c r="C67" s="7">
-        <v>10015</v>
+        <v>12765</v>
       </c>
       <c r="D67" s="6">
-        <v>30.6</v>
+        <v>24</v>
       </c>
       <c r="F67" s="8"/>
     </row>
     <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="5">
-        <v>43983</v>
+        <v>44105</v>
       </c>
       <c r="B68" s="7">
-        <v>3058</v>
+        <v>3019</v>
       </c>
       <c r="C68" s="7">
-        <v>9618</v>
+        <v>11259</v>
       </c>
       <c r="D68" s="6">
-        <v>31.8</v>
+        <v>26.8</v>
       </c>
       <c r="F68" s="8"/>
     </row>
     <row r="69" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="5">
-        <v>43952</v>
+        <v>44075</v>
       </c>
       <c r="B69" s="7">
-        <v>2992</v>
+        <v>3067</v>
       </c>
       <c r="C69" s="7">
-        <v>9470</v>
+        <v>10424</v>
       </c>
       <c r="D69" s="6">
-        <v>31.6</v>
+        <v>29.4</v>
       </c>
       <c r="F69" s="8"/>
     </row>
     <row r="70" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="5">
-        <v>43922</v>
+        <v>44044</v>
       </c>
       <c r="B70" s="7">
-        <v>2892</v>
+        <v>3053</v>
       </c>
       <c r="C70" s="7">
-        <v>9130</v>
+        <v>10244</v>
       </c>
       <c r="D70" s="6">
-        <v>31.7</v>
+        <v>29.8</v>
       </c>
       <c r="F70" s="8"/>
     </row>
     <row r="71" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="5">
-        <v>43891</v>
+        <v>44013</v>
       </c>
       <c r="B71" s="7">
-        <v>3185</v>
+        <v>3068</v>
       </c>
       <c r="C71" s="7">
-        <v>9128</v>
+        <v>10015</v>
       </c>
       <c r="D71" s="6">
-        <v>34.9</v>
+        <v>30.6</v>
       </c>
       <c r="F71" s="8"/>
     </row>
     <row r="72" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="5">
-        <v>43862</v>
+        <v>43983</v>
       </c>
       <c r="B72" s="7">
-        <v>3014</v>
+        <v>3058</v>
       </c>
       <c r="C72" s="7">
-        <v>8829</v>
+        <v>9618</v>
       </c>
       <c r="D72" s="6">
-        <v>34.1</v>
+        <v>31.8</v>
       </c>
       <c r="F72" s="8"/>
     </row>
     <row r="73" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="5">
-        <v>43831</v>
+        <v>43952</v>
       </c>
       <c r="B73" s="7">
-        <v>2870</v>
+        <v>2992</v>
       </c>
       <c r="C73" s="7">
-        <v>8905</v>
+        <v>9470</v>
       </c>
       <c r="D73" s="6">
-        <v>32.200000000000003</v>
+        <v>31.6</v>
       </c>
       <c r="F73" s="8"/>
     </row>
     <row r="74" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="5">
+        <v>43922</v>
+      </c>
+      <c r="B74" s="7">
+        <v>2892</v>
+      </c>
+      <c r="C74" s="7">
+        <v>9130</v>
+      </c>
+      <c r="D74" s="6">
+        <v>31.7</v>
+      </c>
+      <c r="F74" s="8"/>
+    </row>
+    <row r="75" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="5">
+        <v>43891</v>
+      </c>
+      <c r="B75" s="7">
+        <v>3185</v>
+      </c>
+      <c r="C75" s="7">
+        <v>9128</v>
+      </c>
+      <c r="D75" s="6">
+        <v>34.9</v>
+      </c>
+      <c r="F75" s="8"/>
+    </row>
+    <row r="76" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="5">
+        <v>43862</v>
+      </c>
+      <c r="B76" s="7">
+        <v>3014</v>
+      </c>
+      <c r="C76" s="7">
+        <v>8829</v>
+      </c>
+      <c r="D76" s="6">
+        <v>34.1</v>
+      </c>
+      <c r="F76" s="8"/>
+    </row>
+    <row r="77" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="5">
+        <v>43831</v>
+      </c>
+      <c r="B77" s="7">
+        <v>2870</v>
+      </c>
+      <c r="C77" s="7">
+        <v>8905</v>
+      </c>
+      <c r="D77" s="6">
+        <v>32.200000000000003</v>
+      </c>
+      <c r="F77" s="8"/>
+    </row>
+    <row r="78" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="5">
         <v>43800</v>
       </c>
-      <c r="B74" s="7">
+      <c r="B78" s="7">
         <v>2850</v>
       </c>
-      <c r="C74" s="7">
+      <c r="C78" s="7">
         <v>8928</v>
       </c>
-      <c r="D74" s="6">
+      <c r="D78" s="6">
         <v>31.9</v>
-      </c>
-[...58 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F78" s="8"/>
     </row>
     <row r="79" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="5">
-        <v>43647</v>
+        <v>43770</v>
       </c>
       <c r="B79" s="7">
-        <v>2559</v>
+        <v>2837</v>
       </c>
       <c r="C79" s="7">
-        <v>8309</v>
+        <v>8860</v>
       </c>
       <c r="D79" s="6">
-        <v>30.8</v>
+        <v>32</v>
       </c>
       <c r="F79" s="8"/>
     </row>
     <row r="80" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="5">
-        <v>43617</v>
+        <v>43739</v>
       </c>
       <c r="B80" s="7">
-        <v>2462</v>
+        <v>2617</v>
       </c>
       <c r="C80" s="7">
-        <v>8200</v>
+        <v>8785</v>
       </c>
       <c r="D80" s="6">
-        <v>30</v>
+        <v>29.8</v>
       </c>
       <c r="F80" s="8"/>
     </row>
     <row r="81" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="5">
-        <v>43586</v>
+        <v>43709</v>
       </c>
       <c r="B81" s="7">
-        <v>2242</v>
+        <v>2580</v>
       </c>
       <c r="C81" s="7">
-        <v>8073</v>
+        <v>8695</v>
       </c>
       <c r="D81" s="6">
-        <v>27.8</v>
+        <v>29.7</v>
       </c>
       <c r="F81" s="8"/>
     </row>
     <row r="82" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="5">
-        <v>43556</v>
+        <v>43678</v>
       </c>
       <c r="B82" s="7">
-        <v>2046</v>
+        <v>2584</v>
       </c>
       <c r="C82" s="7">
-        <v>7661</v>
+        <v>8608</v>
       </c>
       <c r="D82" s="6">
-        <v>26.7</v>
+        <v>30</v>
       </c>
       <c r="F82" s="8"/>
     </row>
     <row r="83" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="5">
-        <v>43525</v>
+        <v>43647</v>
       </c>
       <c r="B83" s="7">
-        <v>1914</v>
+        <v>2559</v>
       </c>
       <c r="C83" s="7">
-        <v>7393</v>
+        <v>8309</v>
       </c>
       <c r="D83" s="6">
-        <v>25.9</v>
+        <v>30.8</v>
       </c>
       <c r="F83" s="8"/>
     </row>
     <row r="84" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="5">
+        <v>43617</v>
+      </c>
+      <c r="B84" s="7">
+        <v>2462</v>
+      </c>
+      <c r="C84" s="7">
+        <v>8200</v>
+      </c>
+      <c r="D84" s="6">
+        <v>30</v>
+      </c>
+      <c r="F84" s="8"/>
+    </row>
+    <row r="85" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="5">
+        <v>43586</v>
+      </c>
+      <c r="B85" s="7">
+        <v>2242</v>
+      </c>
+      <c r="C85" s="7">
+        <v>8073</v>
+      </c>
+      <c r="D85" s="6">
+        <v>27.8</v>
+      </c>
+      <c r="F85" s="8"/>
+    </row>
+    <row r="86" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="5">
+        <v>43556</v>
+      </c>
+      <c r="B86" s="7">
+        <v>2046</v>
+      </c>
+      <c r="C86" s="7">
+        <v>7661</v>
+      </c>
+      <c r="D86" s="6">
+        <v>26.7</v>
+      </c>
+      <c r="F86" s="8"/>
+    </row>
+    <row r="87" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="5">
+        <v>43525</v>
+      </c>
+      <c r="B87" s="7">
+        <v>1914</v>
+      </c>
+      <c r="C87" s="7">
+        <v>7393</v>
+      </c>
+      <c r="D87" s="6">
+        <v>25.9</v>
+      </c>
+      <c r="F87" s="8"/>
+    </row>
+    <row r="88" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="5">
         <v>43497</v>
       </c>
-      <c r="B84" s="7">
+      <c r="B88" s="7">
         <v>1844</v>
       </c>
-      <c r="C84" s="7">
+      <c r="C88" s="7">
         <v>7374</v>
       </c>
-      <c r="D84" s="6">
+      <c r="D88" s="6">
         <v>25</v>
       </c>
-      <c r="F84" s="8"/>
-[...62 lines deleted...]
-      <c r="E88" s="8"/>
       <c r="F88" s="8"/>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A89" s="5">
-        <v>43344</v>
+        <v>43466</v>
       </c>
       <c r="B89" s="7">
-        <v>1908</v>
+        <v>1790</v>
       </c>
       <c r="C89" s="7">
-        <v>7181</v>
+        <v>7332</v>
       </c>
       <c r="D89" s="6">
-        <v>26.6</v>
+        <v>24.4</v>
       </c>
       <c r="E89" s="8"/>
       <c r="F89" s="8"/>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A90" s="5">
-        <v>43313</v>
+        <v>43435</v>
       </c>
       <c r="B90" s="7">
-        <v>2006</v>
+        <v>1798</v>
       </c>
       <c r="C90" s="7">
-        <v>7179</v>
+        <v>7287</v>
       </c>
       <c r="D90" s="6">
-        <v>27.9</v>
+        <v>24.7</v>
       </c>
       <c r="E90" s="8"/>
       <c r="F90" s="8"/>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A91" s="5">
-        <v>43282</v>
+        <v>43405</v>
       </c>
       <c r="B91" s="7">
-        <v>1982</v>
+        <v>1807</v>
       </c>
       <c r="C91" s="7">
-        <v>7033</v>
+        <v>7236</v>
       </c>
       <c r="D91" s="6">
-        <v>28.2</v>
+        <v>25</v>
       </c>
       <c r="E91" s="8"/>
       <c r="F91" s="8"/>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A92" s="5">
-        <v>43252</v>
+        <v>43374</v>
       </c>
       <c r="B92" s="7">
-        <v>2123</v>
+        <v>1853</v>
       </c>
       <c r="C92" s="7">
-        <v>6959</v>
+        <v>7182</v>
       </c>
       <c r="D92" s="6">
-        <v>30.5</v>
+        <v>25.8</v>
       </c>
       <c r="E92" s="8"/>
       <c r="F92" s="8"/>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A93" s="5">
-        <v>43221</v>
+        <v>43344</v>
       </c>
       <c r="B93" s="7">
-        <v>2220</v>
+        <v>1908</v>
       </c>
       <c r="C93" s="7">
-        <v>6877</v>
+        <v>7181</v>
       </c>
       <c r="D93" s="6">
-        <v>32.299999999999997</v>
+        <v>26.6</v>
       </c>
       <c r="E93" s="8"/>
       <c r="F93" s="8"/>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A94" s="5">
-        <v>43191</v>
+        <v>43313</v>
       </c>
       <c r="B94" s="7">
-        <v>2351</v>
+        <v>2006</v>
       </c>
       <c r="C94" s="7">
-        <v>6813</v>
+        <v>7179</v>
       </c>
       <c r="D94" s="6">
-        <v>34.5</v>
+        <v>27.9</v>
       </c>
       <c r="E94" s="8"/>
       <c r="F94" s="8"/>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A95" s="5">
-        <v>43160</v>
+        <v>43282</v>
       </c>
       <c r="B95" s="7">
-        <v>2334</v>
+        <v>1982</v>
       </c>
       <c r="C95" s="7">
-        <v>6822</v>
+        <v>7033</v>
       </c>
       <c r="D95" s="6">
-        <v>34.200000000000003</v>
+        <v>28.2</v>
       </c>
       <c r="E95" s="8"/>
       <c r="F95" s="8"/>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A96" s="5">
-        <v>43132</v>
+        <v>43252</v>
       </c>
       <c r="B96" s="7">
-        <v>2270</v>
+        <v>2123</v>
       </c>
       <c r="C96" s="7">
-        <v>6693</v>
+        <v>6959</v>
       </c>
       <c r="D96" s="6">
-        <v>33.9</v>
+        <v>30.5</v>
       </c>
       <c r="E96" s="8"/>
       <c r="F96" s="8"/>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A97" s="5">
-        <v>43101</v>
+        <v>43221</v>
       </c>
       <c r="B97" s="7">
-        <v>2230</v>
+        <v>2220</v>
       </c>
       <c r="C97" s="7">
-        <v>6740</v>
+        <v>6877</v>
       </c>
       <c r="D97" s="6">
-        <v>33.1</v>
+        <v>32.299999999999997</v>
       </c>
       <c r="E97" s="8"/>
       <c r="F97" s="8"/>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A98" s="5">
-        <v>43070</v>
+        <v>43191</v>
       </c>
       <c r="B98" s="7">
-        <v>2183</v>
+        <v>2351</v>
       </c>
       <c r="C98" s="7">
-        <v>6798</v>
+        <v>6813</v>
       </c>
       <c r="D98" s="6">
-        <v>32.1</v>
+        <v>34.5</v>
       </c>
       <c r="E98" s="8"/>
       <c r="F98" s="8"/>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A99" s="5">
-        <v>43040</v>
+        <v>43160</v>
       </c>
       <c r="B99" s="7">
-        <v>2184</v>
+        <v>2334</v>
       </c>
       <c r="C99" s="7">
-        <v>6687</v>
+        <v>6822</v>
       </c>
       <c r="D99" s="6">
-        <v>32.700000000000003</v>
+        <v>34.200000000000003</v>
       </c>
       <c r="E99" s="8"/>
       <c r="F99" s="8"/>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A100" s="5">
-        <v>43009</v>
+        <v>43132</v>
       </c>
       <c r="B100" s="7">
-        <v>2181</v>
+        <v>2270</v>
       </c>
       <c r="C100" s="7">
-        <v>6569</v>
+        <v>6693</v>
       </c>
       <c r="D100" s="6">
-        <v>33.200000000000003</v>
+        <v>33.9</v>
       </c>
       <c r="E100" s="8"/>
       <c r="F100" s="8"/>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A101" s="5">
-        <v>42979</v>
+        <v>43101</v>
       </c>
       <c r="B101" s="7">
-        <v>2032</v>
+        <v>2230</v>
       </c>
       <c r="C101" s="7">
-        <v>6423</v>
+        <v>6740</v>
       </c>
       <c r="D101" s="6">
-        <v>31.6</v>
+        <v>33.1</v>
       </c>
       <c r="E101" s="8"/>
       <c r="F101" s="8"/>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A102" s="5">
-        <v>42948</v>
+        <v>43070</v>
       </c>
       <c r="B102" s="7">
-        <v>1896</v>
+        <v>2183</v>
       </c>
       <c r="C102" s="7">
-        <v>6281</v>
+        <v>6798</v>
       </c>
       <c r="D102" s="6">
-        <v>30.2</v>
+        <v>32.1</v>
       </c>
       <c r="E102" s="8"/>
       <c r="F102" s="8"/>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A103" s="5">
-        <v>42917</v>
+        <v>43040</v>
       </c>
       <c r="B103" s="7">
-        <v>1869</v>
+        <v>2184</v>
       </c>
       <c r="C103" s="7">
-        <v>6149</v>
+        <v>6687</v>
       </c>
       <c r="D103" s="6">
-        <v>30.4</v>
+        <v>32.700000000000003</v>
       </c>
       <c r="E103" s="8"/>
       <c r="F103" s="8"/>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A104" s="5">
-        <v>42887</v>
+        <v>43009</v>
       </c>
       <c r="B104" s="7">
-        <v>1890</v>
+        <v>2181</v>
       </c>
       <c r="C104" s="7">
-        <v>6163</v>
+        <v>6569</v>
       </c>
       <c r="D104" s="6">
-        <v>30.7</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="E104" s="8"/>
       <c r="F104" s="8"/>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A105" s="5">
-        <v>42856</v>
+        <v>42979</v>
       </c>
       <c r="B105" s="7">
-        <v>1825</v>
+        <v>2032</v>
       </c>
       <c r="C105" s="7">
-        <v>6010</v>
+        <v>6423</v>
       </c>
       <c r="D105" s="6">
-        <v>30.4</v>
+        <v>31.6</v>
       </c>
       <c r="E105" s="8"/>
       <c r="F105" s="8"/>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A106" s="5">
-        <v>42826</v>
+        <v>42948</v>
       </c>
       <c r="B106" s="7">
-        <v>1805</v>
+        <v>1896</v>
       </c>
       <c r="C106" s="7">
-        <v>6000</v>
+        <v>6281</v>
       </c>
       <c r="D106" s="6">
-        <v>30.1</v>
+        <v>30.2</v>
       </c>
       <c r="E106" s="8"/>
       <c r="F106" s="8"/>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A107" s="5">
-        <v>42795</v>
+        <v>42917</v>
       </c>
       <c r="B107" s="7">
-        <v>1609</v>
+        <v>1869</v>
       </c>
       <c r="C107" s="7">
-        <v>5848</v>
+        <v>6149</v>
       </c>
       <c r="D107" s="6">
-        <v>27.5</v>
+        <v>30.4</v>
       </c>
       <c r="E107" s="8"/>
       <c r="F107" s="8"/>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A108" s="5">
-        <v>42767</v>
+        <v>42887</v>
       </c>
       <c r="B108" s="7">
-        <v>1616</v>
+        <v>1890</v>
       </c>
       <c r="C108" s="7">
-        <v>5753</v>
+        <v>6163</v>
       </c>
       <c r="D108" s="6">
-        <v>28.1</v>
+        <v>30.7</v>
       </c>
       <c r="E108" s="8"/>
       <c r="F108" s="8"/>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A109" s="5">
-        <v>42736</v>
+        <v>42856</v>
       </c>
       <c r="B109" s="7">
-        <v>1517</v>
+        <v>1825</v>
       </c>
       <c r="C109" s="7">
-        <v>5633</v>
+        <v>6010</v>
       </c>
       <c r="D109" s="6">
-        <v>26.9</v>
+        <v>30.4</v>
       </c>
       <c r="E109" s="8"/>
       <c r="F109" s="8"/>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A110" s="5">
-        <v>42705</v>
+        <v>42826</v>
       </c>
       <c r="B110" s="7">
-        <v>1408</v>
+        <v>1805</v>
       </c>
       <c r="C110" s="7">
-        <v>5492</v>
+        <v>6000</v>
       </c>
       <c r="D110" s="6">
-        <v>25.6</v>
+        <v>30.1</v>
       </c>
       <c r="E110" s="8"/>
       <c r="F110" s="8"/>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A111" s="5">
-        <v>42675</v>
+        <v>42795</v>
       </c>
       <c r="B111" s="7">
-        <v>1448</v>
+        <v>1609</v>
       </c>
       <c r="C111" s="7">
-        <v>5407</v>
+        <v>5848</v>
       </c>
       <c r="D111" s="6">
-        <v>26.8</v>
+        <v>27.5</v>
       </c>
       <c r="E111" s="8"/>
       <c r="F111" s="8"/>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A112" s="5">
-        <v>42644</v>
+        <v>42767</v>
       </c>
       <c r="B112" s="7">
-        <v>1447</v>
+        <v>1616</v>
       </c>
       <c r="C112" s="7">
-        <v>5366</v>
+        <v>5753</v>
       </c>
       <c r="D112" s="6">
-        <v>27</v>
+        <v>28.1</v>
       </c>
       <c r="E112" s="8"/>
       <c r="F112" s="8"/>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" s="5">
-        <v>42614</v>
+        <v>42736</v>
       </c>
       <c r="B113" s="7">
-        <v>1384</v>
+        <v>1517</v>
       </c>
       <c r="C113" s="7">
-        <v>5324</v>
+        <v>5633</v>
       </c>
       <c r="D113" s="6">
-        <v>26</v>
+        <v>26.9</v>
       </c>
       <c r="E113" s="8"/>
       <c r="F113" s="8"/>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A114" s="5">
-        <v>42583</v>
+        <v>42705</v>
       </c>
       <c r="B114" s="7">
-        <v>1341</v>
+        <v>1408</v>
       </c>
       <c r="C114" s="7">
-        <v>5410</v>
+        <v>5492</v>
       </c>
       <c r="D114" s="6">
-        <v>24.8</v>
+        <v>25.6</v>
       </c>
       <c r="E114" s="8"/>
       <c r="F114" s="8"/>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A115" s="5">
-        <v>42552</v>
+        <v>42675</v>
       </c>
       <c r="B115" s="7">
-        <v>1350</v>
+        <v>1448</v>
       </c>
       <c r="C115" s="7">
-        <v>5311</v>
+        <v>5407</v>
       </c>
       <c r="D115" s="6">
-        <v>25.4</v>
+        <v>26.8</v>
       </c>
       <c r="E115" s="8"/>
       <c r="F115" s="8"/>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A116" s="5">
-        <v>42522</v>
+        <v>42644</v>
       </c>
       <c r="B116" s="7">
-        <v>1274</v>
+        <v>1447</v>
       </c>
       <c r="C116" s="7">
-        <v>5210</v>
+        <v>5366</v>
       </c>
       <c r="D116" s="6">
-        <v>24.5</v>
+        <v>27</v>
       </c>
       <c r="E116" s="8"/>
       <c r="F116" s="8"/>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A117" s="5">
-        <v>42491</v>
+        <v>42614</v>
       </c>
       <c r="B117" s="7">
-        <v>1186</v>
+        <v>1384</v>
       </c>
       <c r="C117" s="7">
-        <v>5245</v>
+        <v>5324</v>
       </c>
       <c r="D117" s="6">
-        <v>22.6</v>
+        <v>26</v>
       </c>
       <c r="E117" s="8"/>
       <c r="F117" s="8"/>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" s="5">
-        <v>42461</v>
+        <v>42583</v>
       </c>
       <c r="B118" s="7">
-        <v>1145</v>
+        <v>1341</v>
       </c>
       <c r="C118" s="7">
-        <v>5144</v>
+        <v>5410</v>
       </c>
       <c r="D118" s="6">
-        <v>22.3</v>
+        <v>24.8</v>
       </c>
       <c r="E118" s="8"/>
       <c r="F118" s="8"/>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A119" s="5">
-        <v>42430</v>
+        <v>42552</v>
       </c>
       <c r="B119" s="7">
-        <v>1084</v>
+        <v>1350</v>
       </c>
       <c r="C119" s="7">
-        <v>5036</v>
+        <v>5311</v>
       </c>
       <c r="D119" s="6">
-        <v>21.5</v>
+        <v>25.4</v>
       </c>
       <c r="E119" s="8"/>
       <c r="F119" s="8"/>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A120" s="5">
-        <v>42401</v>
+        <v>42522</v>
       </c>
       <c r="B120" s="7">
-        <v>1042</v>
+        <v>1274</v>
       </c>
       <c r="C120" s="7">
-        <v>4957</v>
+        <v>5210</v>
       </c>
       <c r="D120" s="6">
-        <v>21</v>
+        <v>24.5</v>
       </c>
       <c r="E120" s="8"/>
       <c r="F120" s="8"/>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A121" s="5">
-        <v>42370</v>
+        <v>42491</v>
       </c>
       <c r="B121" s="7">
-        <v>1071</v>
+        <v>1186</v>
       </c>
       <c r="C121" s="7">
-        <v>4991</v>
+        <v>5245</v>
       </c>
       <c r="D121" s="6">
-        <v>21.5</v>
+        <v>22.6</v>
       </c>
       <c r="E121" s="8"/>
       <c r="F121" s="8"/>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A122" s="5">
-        <v>42339</v>
+        <v>42461</v>
       </c>
       <c r="B122" s="7">
-        <v>1064</v>
+        <v>1145</v>
       </c>
       <c r="C122" s="7">
-        <v>4939</v>
+        <v>5144</v>
       </c>
       <c r="D122" s="6">
-        <v>21.5</v>
+        <v>22.3</v>
       </c>
       <c r="E122" s="8"/>
       <c r="F122" s="8"/>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A123" s="5">
-        <v>42309</v>
+        <v>42430</v>
       </c>
       <c r="B123" s="7">
-        <v>1020</v>
+        <v>1084</v>
       </c>
       <c r="C123" s="7">
-        <v>4893</v>
+        <v>5036</v>
       </c>
       <c r="D123" s="6">
-        <v>20.8</v>
+        <v>21.5</v>
       </c>
       <c r="E123" s="8"/>
       <c r="F123" s="8"/>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A124" s="5">
-        <v>42278</v>
+        <v>42401</v>
       </c>
       <c r="B124" s="7">
-        <v>991</v>
+        <v>1042</v>
       </c>
       <c r="C124" s="7">
-        <v>4812</v>
+        <v>4957</v>
       </c>
       <c r="D124" s="6">
-        <v>20.6</v>
+        <v>21</v>
       </c>
       <c r="E124" s="8"/>
       <c r="F124" s="8"/>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A125" s="5">
-        <v>42248</v>
+        <v>42370</v>
       </c>
       <c r="B125" s="7">
-        <v>987</v>
+        <v>1071</v>
       </c>
       <c r="C125" s="7">
-        <v>4760</v>
+        <v>4991</v>
       </c>
       <c r="D125" s="6">
-        <v>20.7</v>
+        <v>21.5</v>
       </c>
       <c r="E125" s="8"/>
       <c r="F125" s="8"/>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A126" s="5">
-        <v>42217</v>
+        <v>42339</v>
       </c>
       <c r="B126" s="7">
-        <v>995</v>
+        <v>1064</v>
       </c>
       <c r="C126" s="7">
-        <v>4969</v>
+        <v>4939</v>
       </c>
       <c r="D126" s="6">
-        <v>20</v>
+        <v>21.5</v>
       </c>
       <c r="E126" s="8"/>
       <c r="F126" s="8"/>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" s="5">
-        <v>42186</v>
+        <v>42309</v>
       </c>
       <c r="B127" s="7">
-        <v>981</v>
+        <v>1020</v>
       </c>
       <c r="C127" s="7">
-        <v>4843</v>
+        <v>4893</v>
       </c>
       <c r="D127" s="6">
-        <v>20.3</v>
+        <v>20.8</v>
       </c>
       <c r="E127" s="8"/>
       <c r="F127" s="8"/>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A128" s="5">
-        <v>42156</v>
+        <v>42278</v>
       </c>
       <c r="B128" s="7">
-        <v>909</v>
+        <v>991</v>
       </c>
       <c r="C128" s="7">
-        <v>4885</v>
+        <v>4812</v>
       </c>
       <c r="D128" s="6">
-        <v>18.600000000000001</v>
+        <v>20.6</v>
       </c>
       <c r="E128" s="8"/>
       <c r="F128" s="8"/>
     </row>
     <row r="129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A129" s="5">
-        <v>42125</v>
+        <v>42248</v>
       </c>
       <c r="B129" s="7">
-        <v>865</v>
+        <v>987</v>
       </c>
       <c r="C129" s="7">
-        <v>4800</v>
+        <v>4760</v>
       </c>
       <c r="D129" s="6">
-        <v>18</v>
+        <v>20.7</v>
       </c>
       <c r="E129" s="8"/>
       <c r="F129" s="8"/>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A130" s="5">
-        <v>42095</v>
+        <v>42217</v>
       </c>
       <c r="B130" s="7">
-        <v>850</v>
+        <v>995</v>
       </c>
       <c r="C130" s="7">
-        <v>4690</v>
+        <v>4969</v>
       </c>
       <c r="D130" s="6">
-        <v>18.100000000000001</v>
+        <v>20</v>
       </c>
       <c r="E130" s="8"/>
       <c r="F130" s="8"/>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A131" s="5">
-        <v>42064</v>
+        <v>42186</v>
       </c>
       <c r="B131" s="7">
-        <v>851</v>
+        <v>981</v>
       </c>
       <c r="C131" s="7">
-        <v>4749</v>
+        <v>4843</v>
       </c>
       <c r="D131" s="6">
-        <v>17.899999999999999</v>
+        <v>20.3</v>
       </c>
       <c r="E131" s="8"/>
       <c r="F131" s="8"/>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A132" s="5">
-        <v>42036</v>
+        <v>42156</v>
       </c>
       <c r="B132" s="7">
-        <v>891</v>
+        <v>909</v>
       </c>
       <c r="C132" s="7">
-        <v>4697</v>
+        <v>4885</v>
       </c>
       <c r="D132" s="6">
-        <v>19</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="E132" s="8"/>
       <c r="F132" s="8"/>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A133" s="5">
-        <v>42005</v>
+        <v>42125</v>
       </c>
       <c r="B133" s="7">
-        <v>877</v>
+        <v>865</v>
       </c>
       <c r="C133" s="7">
-        <v>4693</v>
+        <v>4800</v>
       </c>
       <c r="D133" s="6">
-        <v>18.7</v>
+        <v>18</v>
       </c>
       <c r="E133" s="8"/>
       <c r="F133" s="8"/>
     </row>
     <row r="134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A134" s="5">
-        <v>41974</v>
+        <v>42095</v>
       </c>
       <c r="B134" s="7">
-        <v>877</v>
+        <v>850</v>
       </c>
       <c r="C134" s="7">
-        <v>3630</v>
+        <v>4690</v>
       </c>
       <c r="D134" s="6">
-        <v>24.2</v>
+        <v>18.100000000000001</v>
       </c>
       <c r="E134" s="8"/>
       <c r="F134" s="8"/>
     </row>
     <row r="135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A135" s="5">
-        <v>41944</v>
+        <v>42064</v>
       </c>
       <c r="B135" s="7">
-        <v>875</v>
+        <v>851</v>
       </c>
       <c r="C135" s="7">
-        <v>3713</v>
+        <v>4749</v>
       </c>
       <c r="D135" s="6">
-        <v>23.6</v>
+        <v>17.899999999999999</v>
       </c>
       <c r="E135" s="8"/>
       <c r="F135" s="8"/>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A136" s="5">
-        <v>41913</v>
+        <v>42036</v>
       </c>
       <c r="B136" s="7">
-        <v>898</v>
+        <v>891</v>
       </c>
       <c r="C136" s="7">
-        <v>3699</v>
+        <v>4697</v>
       </c>
       <c r="D136" s="6">
-        <v>24.3</v>
+        <v>19</v>
       </c>
       <c r="E136" s="8"/>
       <c r="F136" s="8"/>
     </row>
     <row r="137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A137" s="5">
-        <v>41883</v>
+        <v>42005</v>
       </c>
       <c r="B137" s="7">
-        <v>910</v>
+        <v>877</v>
       </c>
       <c r="C137" s="7">
-        <v>3689</v>
+        <v>4693</v>
       </c>
       <c r="D137" s="6">
-        <v>24.7</v>
+        <v>18.7</v>
       </c>
       <c r="E137" s="8"/>
       <c r="F137" s="8"/>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A138" s="5">
-        <v>41852</v>
+        <v>41974</v>
       </c>
       <c r="B138" s="7">
-        <v>929</v>
+        <v>877</v>
       </c>
       <c r="C138" s="7">
-        <v>3734</v>
+        <v>3630</v>
       </c>
       <c r="D138" s="6">
-        <v>24.9</v>
+        <v>24.2</v>
       </c>
       <c r="E138" s="8"/>
       <c r="F138" s="8"/>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A139" s="5">
-        <v>41821</v>
+        <v>41944</v>
       </c>
       <c r="B139" s="7">
-        <v>945</v>
+        <v>875</v>
       </c>
       <c r="C139" s="7">
-        <v>3698</v>
+        <v>3713</v>
       </c>
       <c r="D139" s="6">
-        <v>25.6</v>
+        <v>23.6</v>
       </c>
       <c r="E139" s="8"/>
       <c r="F139" s="8"/>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A140" s="5">
-        <v>41791</v>
+        <v>41913</v>
       </c>
       <c r="B140" s="7">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="C140" s="7">
-        <v>3666</v>
+        <v>3699</v>
       </c>
       <c r="D140" s="6">
-        <v>24.7</v>
+        <v>24.3</v>
       </c>
       <c r="E140" s="8"/>
       <c r="F140" s="8"/>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A141" s="5">
-        <v>41760</v>
+        <v>41883</v>
       </c>
       <c r="B141" s="7">
-        <v>844</v>
+        <v>910</v>
       </c>
       <c r="C141" s="7">
-        <v>3641</v>
+        <v>3689</v>
       </c>
       <c r="D141" s="6">
-        <v>23.2</v>
+        <v>24.7</v>
       </c>
       <c r="E141" s="8"/>
       <c r="F141" s="8"/>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A142" s="5">
-        <v>41730</v>
+        <v>41852</v>
       </c>
       <c r="B142" s="7">
-        <v>815</v>
+        <v>929</v>
       </c>
       <c r="C142" s="7">
-        <v>3634</v>
+        <v>3734</v>
       </c>
       <c r="D142" s="6">
-        <v>22.4</v>
+        <v>24.9</v>
       </c>
       <c r="E142" s="8"/>
       <c r="F142" s="8"/>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A143" s="5">
-        <v>41699</v>
+        <v>41821</v>
       </c>
       <c r="B143" s="7">
-        <v>836</v>
+        <v>945</v>
       </c>
       <c r="C143" s="7">
-        <v>3773</v>
+        <v>3698</v>
       </c>
       <c r="D143" s="6">
-        <v>22.2</v>
+        <v>25.6</v>
       </c>
       <c r="E143" s="8"/>
       <c r="F143" s="8"/>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A144" s="5">
-        <v>41671</v>
+        <v>41791</v>
       </c>
       <c r="B144" s="7">
-        <v>850</v>
+        <v>905</v>
       </c>
       <c r="C144" s="7">
-        <v>3746</v>
+        <v>3666</v>
       </c>
       <c r="D144" s="6">
-        <v>22.7</v>
+        <v>24.7</v>
       </c>
       <c r="E144" s="8"/>
       <c r="F144" s="8"/>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A145" s="5">
-        <v>41640</v>
+        <v>41760</v>
       </c>
       <c r="B145" s="7">
-        <v>894</v>
+        <v>844</v>
       </c>
       <c r="C145" s="7">
-        <v>3735</v>
+        <v>3641</v>
       </c>
       <c r="D145" s="6">
-        <v>23.9</v>
+        <v>23.2</v>
       </c>
       <c r="E145" s="8"/>
       <c r="F145" s="8"/>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A146" s="5">
-        <v>41609</v>
+        <v>41730</v>
       </c>
       <c r="B146" s="7">
-        <v>911</v>
+        <v>815</v>
       </c>
       <c r="C146" s="7">
-        <v>3661</v>
+        <v>3634</v>
       </c>
       <c r="D146" s="6">
-        <v>24.9</v>
+        <v>22.4</v>
       </c>
       <c r="E146" s="8"/>
       <c r="F146" s="8"/>
     </row>
-    <row r="147" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A147" s="5">
-        <v>41579</v>
+        <v>41699</v>
       </c>
       <c r="B147" s="7">
-        <v>933</v>
+        <v>836</v>
       </c>
       <c r="C147" s="7">
-        <v>3571</v>
+        <v>3773</v>
       </c>
       <c r="D147" s="6">
-        <v>26.1</v>
+        <v>22.2</v>
       </c>
       <c r="E147" s="8"/>
       <c r="F147" s="8"/>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A148" s="5">
-        <v>41548</v>
+        <v>41671</v>
       </c>
       <c r="B148" s="7">
-        <v>869</v>
+        <v>850</v>
       </c>
       <c r="C148" s="7">
-        <v>3478</v>
+        <v>3746</v>
       </c>
       <c r="D148" s="6">
-        <v>25</v>
+        <v>22.7</v>
       </c>
       <c r="E148" s="8"/>
       <c r="F148" s="8"/>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A149" s="5">
-        <v>41518</v>
+        <v>41640</v>
       </c>
       <c r="B149" s="7">
-        <v>851</v>
+        <v>894</v>
       </c>
       <c r="C149" s="7">
-        <v>3420</v>
+        <v>3735</v>
       </c>
       <c r="D149" s="6">
-        <v>24.9</v>
+        <v>23.9</v>
       </c>
       <c r="E149" s="8"/>
       <c r="F149" s="8"/>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A150" s="5">
-        <v>41487</v>
+        <v>41609</v>
       </c>
       <c r="B150" s="7">
-        <v>838</v>
+        <v>911</v>
       </c>
       <c r="C150" s="7">
-        <v>3381</v>
+        <v>3661</v>
       </c>
       <c r="D150" s="6">
-        <v>24.8</v>
+        <v>24.9</v>
       </c>
       <c r="E150" s="8"/>
       <c r="F150" s="8"/>
     </row>
-    <row r="151" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A151" s="5">
-        <v>41456</v>
+        <v>41579</v>
       </c>
       <c r="B151" s="7">
-        <v>818</v>
+        <v>933</v>
       </c>
       <c r="C151" s="7">
-        <v>3360</v>
+        <v>3571</v>
       </c>
       <c r="D151" s="6">
-        <v>24.3</v>
+        <v>26.1</v>
       </c>
       <c r="E151" s="8"/>
       <c r="F151" s="8"/>
     </row>
-    <row r="152" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A152" s="5">
+        <v>41548</v>
+      </c>
+      <c r="B152" s="7">
+        <v>869</v>
+      </c>
+      <c r="C152" s="7">
+        <v>3478</v>
+      </c>
+      <c r="D152" s="6">
+        <v>25</v>
+      </c>
+      <c r="E152" s="8"/>
+      <c r="F152" s="8"/>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A153" s="5">
+        <v>41518</v>
+      </c>
+      <c r="B153" s="7">
+        <v>851</v>
+      </c>
+      <c r="C153" s="7">
+        <v>3420</v>
+      </c>
+      <c r="D153" s="6">
+        <v>24.9</v>
+      </c>
+      <c r="E153" s="8"/>
+      <c r="F153" s="8"/>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A154" s="5">
+        <v>41487</v>
+      </c>
+      <c r="B154" s="7">
+        <v>838</v>
+      </c>
+      <c r="C154" s="7">
+        <v>3381</v>
+      </c>
+      <c r="D154" s="6">
+        <v>24.8</v>
+      </c>
+      <c r="E154" s="8"/>
+      <c r="F154" s="8"/>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A155" s="5">
+        <v>41456</v>
+      </c>
+      <c r="B155" s="7">
+        <v>818</v>
+      </c>
+      <c r="C155" s="7">
+        <v>3360</v>
+      </c>
+      <c r="D155" s="6">
+        <v>24.3</v>
+      </c>
+      <c r="E155" s="8"/>
+      <c r="F155" s="8"/>
+    </row>
+    <row r="156" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="5">
         <v>41426</v>
       </c>
-      <c r="B152" s="7">
+      <c r="B156" s="7">
         <v>930</v>
       </c>
-      <c r="C152" s="7">
+      <c r="C156" s="7">
         <v>3350</v>
       </c>
-      <c r="D152" s="6">
+      <c r="D156" s="6">
         <v>27.8</v>
-      </c>
-[...54 lines deleted...]
-        <v>20.8</v>
       </c>
     </row>
     <row r="157" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A157" s="5">
-        <v>41275</v>
+        <v>41395</v>
       </c>
       <c r="B157" s="7">
-        <v>655</v>
+        <v>930</v>
       </c>
       <c r="C157" s="7">
-        <v>3297</v>
+        <v>3310</v>
       </c>
       <c r="D157" s="6">
-        <v>19.899999999999999</v>
+        <v>28.1</v>
       </c>
     </row>
     <row r="158" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="5">
-        <v>41244</v>
+        <v>41365</v>
       </c>
       <c r="B158" s="7">
-        <v>557</v>
+        <v>799</v>
       </c>
       <c r="C158" s="7">
-        <v>3210</v>
+        <v>3186</v>
       </c>
       <c r="D158" s="6">
-        <v>17.399999999999999</v>
+        <v>25.1</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A159" s="5">
-        <v>41214</v>
+        <v>41334</v>
       </c>
       <c r="B159" s="7">
-        <v>468</v>
+        <v>770</v>
       </c>
       <c r="C159" s="7">
-        <v>3163</v>
+        <v>3195</v>
       </c>
       <c r="D159" s="6">
-        <v>14.8</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+        <v>24.1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A160" s="5">
-        <v>41183</v>
+        <v>41306</v>
       </c>
       <c r="B160" s="7">
-        <v>387</v>
+        <v>669</v>
       </c>
       <c r="C160" s="7">
-        <v>3087</v>
+        <v>3218</v>
       </c>
       <c r="D160" s="6">
-        <v>12.5</v>
+        <v>20.8</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A161" s="5">
-        <v>41153</v>
+        <v>41275</v>
       </c>
       <c r="B161" s="7">
-        <v>324</v>
+        <v>655</v>
       </c>
       <c r="C161" s="7">
-        <v>3064</v>
+        <v>3297</v>
       </c>
       <c r="D161" s="6">
-        <v>10.6</v>
+        <v>19.899999999999999</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A162" s="5">
-        <v>41122</v>
+        <v>41244</v>
       </c>
       <c r="B162" s="7">
-        <v>288</v>
+        <v>557</v>
       </c>
       <c r="C162" s="7">
-        <v>3162</v>
+        <v>3210</v>
       </c>
       <c r="D162" s="6">
-        <v>9.1</v>
+        <v>17.399999999999999</v>
       </c>
     </row>
     <row r="163" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A163" s="5">
-        <v>41091</v>
+        <v>41214</v>
       </c>
       <c r="B163" s="7">
-        <v>203</v>
+        <v>468</v>
       </c>
       <c r="C163" s="7">
-        <v>3112</v>
+        <v>3163</v>
       </c>
       <c r="D163" s="6">
-        <v>6.5</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="164" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A164" s="5">
-        <v>41061</v>
+        <v>41183</v>
       </c>
       <c r="B164" s="7">
-        <v>185</v>
+        <v>387</v>
       </c>
       <c r="C164" s="7">
-        <v>3054</v>
+        <v>3087</v>
       </c>
       <c r="D164" s="6">
-        <v>6.1</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A165" s="5">
-        <v>41030</v>
+        <v>41153</v>
       </c>
       <c r="B165" s="7">
-        <v>175</v>
+        <v>324</v>
       </c>
       <c r="C165" s="7">
-        <v>3054</v>
+        <v>3064</v>
       </c>
       <c r="D165" s="6">
-        <v>5.7</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>10.6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="5">
-        <v>41000</v>
+        <v>41122</v>
       </c>
       <c r="B166" s="7">
-        <v>171</v>
+        <v>288</v>
       </c>
       <c r="C166" s="7">
-        <v>3019</v>
+        <v>3162</v>
       </c>
       <c r="D166" s="6">
-        <v>5.7</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>9.1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="5">
-        <v>40969</v>
+        <v>41091</v>
       </c>
       <c r="B167" s="7">
-        <v>166</v>
+        <v>203</v>
       </c>
       <c r="C167" s="7">
-        <v>2979</v>
+        <v>3112</v>
       </c>
       <c r="D167" s="6">
-        <v>5.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="168" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="5">
+        <v>41061</v>
+      </c>
+      <c r="B168" s="7">
+        <v>185</v>
+      </c>
+      <c r="C168" s="7">
+        <v>3054</v>
+      </c>
+      <c r="D168" s="6">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="5">
+        <v>41030</v>
+      </c>
+      <c r="B169" s="7">
+        <v>175</v>
+      </c>
+      <c r="C169" s="7">
+        <v>3054</v>
+      </c>
+      <c r="D169" s="6">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="5">
+        <v>41000</v>
+      </c>
+      <c r="B170" s="7">
+        <v>171</v>
+      </c>
+      <c r="C170" s="7">
+        <v>3019</v>
+      </c>
+      <c r="D170" s="6">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="5">
+        <v>40969</v>
+      </c>
+      <c r="B171" s="7">
+        <v>166</v>
+      </c>
+      <c r="C171" s="7">
+        <v>2979</v>
+      </c>
+      <c r="D171" s="6">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="5">
         <v>40940</v>
       </c>
-      <c r="B168" s="7">
+      <c r="B172" s="7">
         <v>112</v>
       </c>
-      <c r="C168" s="7">
+      <c r="C172" s="7">
         <v>2897</v>
       </c>
-      <c r="D168" s="6">
+      <c r="D172" s="6">
         <v>3.9</v>
       </c>
     </row>
-    <row r="169" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A169" s="5">
+    <row r="173" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A173" s="5">
         <v>40909</v>
       </c>
-      <c r="B169" s="7">
+      <c r="B173" s="7">
         <v>107</v>
       </c>
-      <c r="C169" s="7">
+      <c r="C173" s="7">
         <v>2903</v>
       </c>
-      <c r="D169" s="6">
+      <c r="D173" s="6">
         <v>3.7</v>
       </c>
     </row>
-    <row r="170" spans="1:4" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="A172" s="24" t="s">
+    <row r="174" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A174" s="20"/>
+      <c r="B174" s="21"/>
+      <c r="C174" s="21"/>
+      <c r="D174" s="22"/>
+    </row>
+    <row r="175" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="16"/>
+      <c r="B175" s="17"/>
+      <c r="C175" s="17"/>
+      <c r="D175" s="17"/>
+    </row>
+    <row r="176" spans="1:4" ht="19.5" x14ac:dyDescent="0.35">
+      <c r="A176" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="B172" s="23"/>
-[...4 lines deleted...]
-      <c r="A173" s="28" t="s">
+      <c r="B176" s="23"/>
+      <c r="C176" s="23"/>
+      <c r="D176" s="23"/>
+    </row>
+    <row r="177" spans="1:4" ht="118.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="28" t="s">
         <v>5</v>
       </c>
-      <c r="B173" s="29"/>
-[...12 lines deleted...]
-      <c r="A175" s="26" t="s">
+      <c r="B177" s="29"/>
+      <c r="C177" s="29"/>
+      <c r="D177" s="29"/>
+    </row>
+    <row r="178" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="B178" s="30"/>
+      <c r="C178" s="30"/>
+      <c r="D178" s="30"/>
+    </row>
+    <row r="179" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A179" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="B175" s="26"/>
-[...4 lines deleted...]
-      <c r="A176" s="1"/>
+      <c r="B179" s="26"/>
+      <c r="C179" s="26"/>
+      <c r="D179" s="26"/>
+    </row>
+    <row r="180" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A180" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A175:D175"/>
+    <mergeCell ref="A179:D179"/>
     <mergeCell ref="A1:D1"/>
-    <mergeCell ref="A173:D173"/>
-    <mergeCell ref="A174:D174"/>
+    <mergeCell ref="A177:D177"/>
+    <mergeCell ref="A178:D178"/>
   </mergeCells>
   <pageMargins left="1.0236220472440944" right="0.23622047244094491" top="0.74803149606299213" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="32" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ОФЗ</vt:lpstr>
     </vt:vector>